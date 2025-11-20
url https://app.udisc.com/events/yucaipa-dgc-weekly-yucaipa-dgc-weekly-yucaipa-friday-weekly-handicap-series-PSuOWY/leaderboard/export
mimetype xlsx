--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1578,51 +1578,51 @@
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12">
         <v>-5</v>
       </c>
       <c r="E12" t="str">
         <v>M</v>
       </c>
       <c r="F12" t="str">
         <v>T15</v>
       </c>
       <c r="G12">
         <v>15</v>
       </c>
       <c r="H12" t="str">
         <v>Keaton Brewer</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
       <c r="L12" t="str">
-        <v>keatonbr</v>
+        <v>keatonbbrewer</v>
       </c>
       <c r="M12">
         <v>6</v>
       </c>
       <c r="N12">
         <v>63</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>5</v>
       </c>