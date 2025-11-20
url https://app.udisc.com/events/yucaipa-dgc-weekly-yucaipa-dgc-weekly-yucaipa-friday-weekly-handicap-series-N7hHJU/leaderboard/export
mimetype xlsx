--- v0 (2025-10-26)
+++ v1 (2025-11-20)
@@ -2172,51 +2172,51 @@
       <c r="C18">
         <v>5</v>
       </c>
       <c r="D18">
         <v>-5</v>
       </c>
       <c r="E18" t="str">
         <v>M</v>
       </c>
       <c r="F18" t="str">
         <v>19</v>
       </c>
       <c r="G18">
         <v>19</v>
       </c>
       <c r="H18" t="str">
         <v>Keaton Brewer</v>
       </c>
       <c r="I18">
         <v>10</v>
       </c>
       <c r="J18">
         <v>67</v>
       </c>
       <c r="L18" t="str">
-        <v>keatonbr</v>
+        <v>keatonbbrewer</v>
       </c>
       <c r="M18">
         <v>10</v>
       </c>
       <c r="N18">
         <v>67</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>5</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>