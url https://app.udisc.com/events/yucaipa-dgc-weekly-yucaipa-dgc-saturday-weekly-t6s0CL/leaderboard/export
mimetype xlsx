--- v0 (2025-10-26)
+++ v1 (2026-01-23)
@@ -2566,51 +2566,51 @@
       </c>
       <c r="AC24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>4</v>
       </c>
       <c r="C25">
         <v>4</v>
       </c>
       <c r="D25" t="str">
         <v>Juan s</v>
       </c>
       <c r="E25">
         <v>23</v>
       </c>
       <c r="F25">
         <v>80</v>
       </c>
       <c r="H25" t="str">
-        <v>juansaucedo</v>
+        <v>juansauce</v>
       </c>
       <c r="I25">
         <v>23</v>
       </c>
       <c r="J25">
         <v>80</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>6</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>