--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG6"/>
+  <dimension ref="A1:AG9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="12.83203125" customWidth="1"/>
     <col min="12" max="12" width="11.83203125" customWidth="1"/>
     <col min="13" max="13" width="8.83203125" customWidth="1"/>
     <col min="14" max="14" width="20.83203125" customWidth="1"/>
     <col min="15" max="15" width="17.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -568,54 +568,54 @@
       </c>
       <c r="AF1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-12</v>
       </c>
       <c r="D2">
         <v>-26</v>
       </c>
       <c r="E2" t="str">
         <v>G1</v>
       </c>
       <c r="F2" t="str">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H2" t="str">
         <v xml:space="preserve">Mesike </v>
       </c>
       <c r="I2">
         <v>14</v>
       </c>
       <c r="J2">
         <v>72</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="M2" t="str">
         <v>mez1ke</v>
       </c>
       <c r="N2">
         <v>14</v>
       </c>
       <c r="O2">
         <v>72</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
@@ -764,54 +764,54 @@
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
       <c r="AG3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-9</v>
       </c>
       <c r="D4">
         <v>-42</v>
       </c>
       <c r="E4" t="str">
         <v>G1</v>
       </c>
       <c r="F4" t="str">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H4" t="str">
         <v>Emilia</v>
       </c>
       <c r="I4">
         <v>33</v>
       </c>
       <c r="J4">
         <v>91</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="M4" t="str">
         <v>emilia000</v>
       </c>
       <c r="N4">
         <v>33</v>
       </c>
       <c r="O4">
         <v>91</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -947,87 +947,384 @@
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
         <v>2</v>
       </c>
       <c r="AG5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
+      <c r="A6" t="str">
+        <v>T5</v>
+      </c>
+      <c r="B6">
+        <v>5</v>
+      </c>
       <c r="C6">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="D6">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="E6" t="str">
         <v>G1</v>
       </c>
+      <c r="F6" t="str">
+        <v>4</v>
+      </c>
+      <c r="G6">
+        <v>4</v>
+      </c>
       <c r="H6" t="str">
-        <v>Michał Majewski</v>
+        <v>Grześ</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
-      <c r="L6">
-[...1 lines deleted...]
-      </c>
       <c r="M6" t="str">
-        <v>michalem</v>
+        <v>grzegorz311</v>
       </c>
       <c r="N6">
+        <v>12</v>
+      </c>
+      <c r="O6">
+        <v>70</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>5</v>
+      </c>
+      <c r="S6">
+        <v>5</v>
+      </c>
+      <c r="T6">
+        <v>4</v>
+      </c>
+      <c r="U6">
+        <v>5</v>
+      </c>
+      <c r="V6">
+        <v>5</v>
+      </c>
+      <c r="W6">
+        <v>2</v>
+      </c>
+      <c r="X6">
+        <v>4</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>5</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>4</v>
+      </c>
+      <c r="AC6">
+        <v>2</v>
+      </c>
+      <c r="AD6">
+        <v>5</v>
+      </c>
+      <c r="AE6">
+        <v>4</v>
+      </c>
+      <c r="AF6">
+        <v>5</v>
+      </c>
+      <c r="AG6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>T5</v>
+      </c>
+      <c r="B7">
+        <v>5</v>
+      </c>
+      <c r="C7">
+        <v>5</v>
+      </c>
+      <c r="D7">
+        <v>-10</v>
+      </c>
+      <c r="E7" t="str">
+        <v>G1</v>
+      </c>
+      <c r="F7" t="str">
+        <v>6</v>
+      </c>
+      <c r="G7">
+        <v>6</v>
+      </c>
+      <c r="H7" t="str">
+        <v>Jakub Wałęcki</v>
+      </c>
+      <c r="I7">
+        <v>15</v>
+      </c>
+      <c r="J7">
+        <v>73</v>
+      </c>
+      <c r="K7">
+        <v>1</v>
+      </c>
+      <c r="M7" t="str">
+        <v>swierosnc</v>
+      </c>
+      <c r="N7">
+        <v>15</v>
+      </c>
+      <c r="O7">
+        <v>73</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>5</v>
+      </c>
+      <c r="S7">
+        <v>5</v>
+      </c>
+      <c r="T7">
+        <v>4</v>
+      </c>
+      <c r="U7">
+        <v>5</v>
+      </c>
+      <c r="V7">
+        <v>4</v>
+      </c>
+      <c r="W7">
+        <v>5</v>
+      </c>
+      <c r="X7">
+        <v>4</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>5</v>
+      </c>
+      <c r="AC7">
+        <v>4</v>
+      </c>
+      <c r="AD7">
+        <v>5</v>
+      </c>
+      <c r="AE7">
+        <v>4</v>
+      </c>
+      <c r="AF7">
+        <v>5</v>
+      </c>
+      <c r="AG7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8">
+        <v>7</v>
+      </c>
+      <c r="C8">
+        <v>10</v>
+      </c>
+      <c r="D8">
         <v>0</v>
       </c>
-      <c r="O6">
+      <c r="E8" t="str">
+        <v>G1</v>
+      </c>
+      <c r="F8" t="str">
+        <v>3</v>
+      </c>
+      <c r="G8">
+        <v>3</v>
+      </c>
+      <c r="H8" t="str">
+        <v>Damian Popiołek</v>
+      </c>
+      <c r="I8">
+        <v>10</v>
+      </c>
+      <c r="J8">
+        <v>68</v>
+      </c>
+      <c r="K8">
+        <v>1</v>
+      </c>
+      <c r="L8">
+        <v>299028</v>
+      </c>
+      <c r="M8" t="str">
+        <v>poposnc</v>
+      </c>
+      <c r="N8">
+        <v>10</v>
+      </c>
+      <c r="O8">
+        <v>68</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>4</v>
+      </c>
+      <c r="S8">
+        <v>5</v>
+      </c>
+      <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>4</v>
+      </c>
+      <c r="X8">
+        <v>5</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>2</v>
+      </c>
+      <c r="AB8">
+        <v>4</v>
+      </c>
+      <c r="AC8">
+        <v>4</v>
+      </c>
+      <c r="AD8">
+        <v>8</v>
+      </c>
+      <c r="AE8">
+        <v>3</v>
+      </c>
+      <c r="AF8">
+        <v>4</v>
+      </c>
+      <c r="AG8">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="C9">
+        <v>-7</v>
+      </c>
+      <c r="D9">
+        <v>-7</v>
+      </c>
+      <c r="E9" t="str">
+        <v>G1</v>
+      </c>
+      <c r="F9" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H9" t="str">
+        <v>Grześ</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+      <c r="K9">
+        <v>2</v>
+      </c>
+      <c r="M9" t="str">
+        <v>grzegorz311</v>
+      </c>
+      <c r="N9">
+        <v>0</v>
+      </c>
+      <c r="O9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG6"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 