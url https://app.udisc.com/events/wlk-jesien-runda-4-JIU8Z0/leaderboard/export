--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -1432,50 +1432,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>G1</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Kamil Biłan</v>
       </c>
       <c r="E12">
         <v>9</v>
       </c>
       <c r="F12">
         <v>67</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
+      <c r="H12">
+        <v>292824</v>
+      </c>
       <c r="I12" t="str">
         <v>cranfli</v>
       </c>
       <c r="J12">
         <v>9</v>
       </c>
       <c r="K12">
         <v>67</v>
       </c>
       <c r="L12">
         <v>5</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>5</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">