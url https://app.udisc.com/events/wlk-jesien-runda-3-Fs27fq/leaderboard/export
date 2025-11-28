--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -1788,50 +1788,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>G1</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Kamil Biłan</v>
       </c>
       <c r="E16">
         <v>7</v>
       </c>
       <c r="F16">
         <v>65</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
+      <c r="H16">
+        <v>292824</v>
+      </c>
       <c r="I16" t="str">
         <v>cranfli</v>
       </c>
       <c r="J16">
         <v>7</v>
       </c>
       <c r="K16">
         <v>65</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>7</v>
       </c>
       <c r="O16">
         <v>6</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
@@ -3559,538 +3562,544 @@
       </c>
       <c r="Y36">
         <v>4</v>
       </c>
       <c r="Z36">
         <v>8</v>
       </c>
       <c r="AA36">
         <v>4</v>
       </c>
       <c r="AB36">
         <v>5</v>
       </c>
       <c r="AC36">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>G1</v>
       </c>
       <c r="B37" t="str">
         <v>DUP</v>
       </c>
       <c r="D37" t="str">
-        <v>Damian Popiołek</v>
+        <v>Kamil Biłan</v>
       </c>
       <c r="E37">
-        <v>-2</v>
+        <v>9</v>
       </c>
       <c r="F37">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="G37">
         <v>2</v>
       </c>
       <c r="H37">
-        <v>299028</v>
+        <v>292824</v>
       </c>
       <c r="I37" t="str">
-        <v>poposnc</v>
+        <v>cranfli</v>
       </c>
       <c r="J37">
-        <v>-2</v>
+        <v>9</v>
       </c>
       <c r="K37">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="L37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
         <v>2</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB37">
         <v>2</v>
       </c>
       <c r="AC37">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>G1</v>
       </c>
       <c r="B38" t="str">
         <v>DUP</v>
       </c>
       <c r="D38" t="str">
-        <v>Damian Popiołek</v>
+        <v>Kamil Biłan</v>
       </c>
       <c r="E38">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F38">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38">
-        <v>299028</v>
+        <v>292824</v>
       </c>
       <c r="I38" t="str">
-        <v>poposnc</v>
+        <v>cranfli</v>
       </c>
       <c r="J38">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="K38">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="L38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N38">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S38">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="T38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X38">
         <v>4</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>G1</v>
       </c>
       <c r="B39" t="str">
         <v>DUP</v>
       </c>
       <c r="D39" t="str">
-        <v>Grześ</v>
+        <v>Damian Popiołek</v>
       </c>
       <c r="E39">
-        <v>8</v>
+        <v>-2</v>
       </c>
       <c r="F39">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="G39">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="H39">
+        <v>299028</v>
       </c>
       <c r="I39" t="str">
-        <v>grzegorz311</v>
+        <v>poposnc</v>
       </c>
       <c r="J39">
-        <v>8</v>
+        <v>-2</v>
       </c>
       <c r="K39">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="L39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N39">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O39">
         <v>4</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q39">
         <v>3</v>
       </c>
       <c r="R39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U39">
         <v>2</v>
       </c>
       <c r="V39">
         <v>4</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
         <v>5</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC39">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>G1</v>
       </c>
       <c r="B40" t="str">
         <v>DUP</v>
       </c>
       <c r="D40" t="str">
-        <v>Grześ</v>
+        <v>Damian Popiołek</v>
       </c>
       <c r="E40">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F40">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="G40">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H40">
+        <v>299028</v>
       </c>
       <c r="I40" t="str">
-        <v>grzegorz311</v>
+        <v>poposnc</v>
       </c>
       <c r="J40">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="K40">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="L40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="O40">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="P40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R40">
         <v>4</v>
       </c>
       <c r="S40">
         <v>2</v>
       </c>
       <c r="T40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U40">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V40">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X40">
         <v>4</v>
       </c>
       <c r="Y40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>G1</v>
       </c>
       <c r="B41" t="str">
         <v>DUP</v>
       </c>
       <c r="D41" t="str">
-        <v>Kamil Biłan</v>
+        <v>Grześ</v>
       </c>
       <c r="E41">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F41">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I41" t="str">
-        <v>cranfli</v>
+        <v>grzegorz311</v>
       </c>
       <c r="J41">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K41">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L41">
         <v>4</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O41">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P41">
         <v>2</v>
       </c>
       <c r="Q41">
         <v>3</v>
       </c>
       <c r="R41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S41">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U41">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA41">
         <v>4</v>
       </c>
       <c r="AB41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC41">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>G1</v>
       </c>
       <c r="B42" t="str">
         <v>DUP</v>
       </c>
       <c r="D42" t="str">
-        <v>Kamil Biłan</v>
+        <v>Grześ</v>
       </c>
       <c r="E42">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F42">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I42" t="str">
-        <v>cranfli</v>
+        <v>grzegorz311</v>
       </c>
       <c r="J42">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K42">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="L42">
         <v>4</v>
       </c>
       <c r="M42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N42">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O42">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P42">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q42">
         <v>4</v>
       </c>
       <c r="R42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S42">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T42">
         <v>4</v>
       </c>
       <c r="U42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>4</v>
       </c>
       <c r="Y42">
         <v>4</v>
       </c>
       <c r="Z42">
         <v>4</v>
       </c>
       <c r="AA42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB42">
         <v>4</v>
       </c>
       <c r="AC42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>G1</v>
       </c>
       <c r="B43" t="str">
         <v>DUP</v>
       </c>
       <c r="D43" t="str">
         <v xml:space="preserve">Krzysztof Kryjom </v>
       </c>
       <c r="E43">
         <v>17</v>
       </c>
       <c r="F43">
         <v>75</v>
       </c>
       <c r="G43">