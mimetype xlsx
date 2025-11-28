--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -2556,50 +2556,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>G1</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Kamil Biłan</v>
       </c>
       <c r="E25">
         <v>14</v>
       </c>
       <c r="F25">
         <v>72</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
+      <c r="H25">
+        <v>292824</v>
+      </c>
       <c r="I25" t="str">
         <v>cranfli</v>
       </c>
       <c r="J25">
         <v>14</v>
       </c>
       <c r="K25">
         <v>72</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>9</v>
       </c>
       <c r="O25">
         <v>5</v>
       </c>
       <c r="P25">
         <v>5</v>
       </c>
       <c r="Q25">
@@ -3375,882 +3378,885 @@
       </c>
       <c r="Y34">
         <v>2</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
         <v>2</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
       <c r="AC34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>G1</v>
       </c>
       <c r="B35" t="str">
         <v>DUP</v>
       </c>
       <c r="D35" t="str">
-        <v>Damian Popiołek</v>
+        <v>Kamil Biłan</v>
       </c>
       <c r="E35">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F35">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G35">
         <v>2</v>
       </c>
       <c r="H35">
-        <v>299028</v>
+        <v>292824</v>
       </c>
       <c r="I35" t="str">
-        <v>poposnc</v>
+        <v>cranfli</v>
       </c>
       <c r="J35">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K35">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="L35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O35">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="P35">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q35">
         <v>4</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
         <v>5</v>
       </c>
       <c r="W35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z35">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
         <v>4</v>
       </c>
       <c r="AC35">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>G1</v>
       </c>
       <c r="B36" t="str">
         <v>DUP</v>
       </c>
       <c r="D36" t="str">
-        <v>Parisobandito</v>
+        <v>Damian Popiołek</v>
       </c>
       <c r="E36">
+        <v>8</v>
+      </c>
+      <c r="F36">
+        <v>66</v>
+      </c>
+      <c r="G36">
+        <v>2</v>
+      </c>
+      <c r="H36">
+        <v>299028</v>
+      </c>
+      <c r="I36" t="str">
+        <v>poposnc</v>
+      </c>
+      <c r="J36">
+        <v>8</v>
+      </c>
+      <c r="K36">
+        <v>66</v>
+      </c>
+      <c r="L36">
+        <v>3</v>
+      </c>
+      <c r="M36">
+        <v>4</v>
+      </c>
+      <c r="N36">
+        <v>3</v>
+      </c>
+      <c r="O36">
         <v>7</v>
       </c>
-      <c r="F36">
-[...28 lines deleted...]
-      </c>
       <c r="P36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z36">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC36">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>G1</v>
       </c>
       <c r="B37" t="str">
         <v>DUP</v>
       </c>
       <c r="D37" t="str">
         <v>Parisobandito</v>
       </c>
       <c r="E37">
         <v>7</v>
       </c>
       <c r="F37">
         <v>65</v>
       </c>
       <c r="G37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H37">
         <v>299260</v>
       </c>
       <c r="I37" t="str">
         <v>parisobandito</v>
       </c>
       <c r="J37">
         <v>7</v>
       </c>
       <c r="K37">
         <v>65</v>
       </c>
       <c r="L37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N37">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P37">
         <v>4</v>
       </c>
       <c r="Q37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W37">
         <v>2</v>
       </c>
       <c r="X37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y37">
         <v>4</v>
       </c>
       <c r="Z37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>G1</v>
       </c>
       <c r="B38" t="str">
         <v>DUP</v>
       </c>
       <c r="D38" t="str">
-        <v>Kurczak</v>
+        <v>Parisobandito</v>
       </c>
       <c r="E38">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F38">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H38">
-        <v>305118</v>
+        <v>299260</v>
       </c>
       <c r="I38" t="str">
-        <v>kurczak</v>
+        <v>parisobandito</v>
       </c>
       <c r="J38">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K38">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O38">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z38">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC38">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>G1</v>
       </c>
       <c r="B39" t="str">
         <v>DUP</v>
       </c>
       <c r="D39" t="str">
-        <v>Baziu</v>
+        <v>Kurczak</v>
       </c>
       <c r="E39">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F39">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
+      <c r="H39">
+        <v>305118</v>
+      </c>
       <c r="I39" t="str">
-        <v>przepiorka</v>
+        <v>kurczak</v>
       </c>
       <c r="J39">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="K39">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="L39">
         <v>4</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O39">
         <v>6</v>
       </c>
       <c r="P39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z39">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC39">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>G1</v>
       </c>
       <c r="B40" t="str">
         <v>DUP</v>
       </c>
       <c r="D40" t="str">
-        <v>Grześ</v>
+        <v>Baziu</v>
       </c>
       <c r="E40">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F40">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="G40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I40" t="str">
-        <v>grzegorz311</v>
+        <v>przepiorka</v>
       </c>
       <c r="J40">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="K40">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="L40">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M40">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N40">
         <v>4</v>
       </c>
       <c r="O40">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P40">
         <v>4</v>
       </c>
       <c r="Q40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R40">
         <v>4</v>
       </c>
       <c r="S40">
         <v>3</v>
       </c>
       <c r="T40">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V40">
         <v>4</v>
       </c>
       <c r="W40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X40">
         <v>5</v>
       </c>
       <c r="Y40">
         <v>4</v>
       </c>
       <c r="Z40">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="AA40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
       <c r="AC40">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>G1</v>
       </c>
       <c r="B41" t="str">
         <v>DUP</v>
       </c>
       <c r="D41" t="str">
         <v>Grześ</v>
       </c>
       <c r="E41">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F41">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I41" t="str">
         <v>grzegorz311</v>
       </c>
       <c r="J41">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K41">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="L41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N41">
         <v>4</v>
       </c>
       <c r="O41">
+        <v>5</v>
+      </c>
+      <c r="P41">
+        <v>4</v>
+      </c>
+      <c r="Q41">
+        <v>3</v>
+      </c>
+      <c r="R41">
+        <v>4</v>
+      </c>
+      <c r="S41">
+        <v>3</v>
+      </c>
+      <c r="T41">
+        <v>3</v>
+      </c>
+      <c r="U41">
+        <v>4</v>
+      </c>
+      <c r="V41">
+        <v>4</v>
+      </c>
+      <c r="W41">
+        <v>4</v>
+      </c>
+      <c r="X41">
+        <v>5</v>
+      </c>
+      <c r="Y41">
+        <v>4</v>
+      </c>
+      <c r="Z41">
         <v>7</v>
       </c>
-      <c r="P41">
-[...31 lines deleted...]
-      </c>
       <c r="AA41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC41">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>G1</v>
       </c>
       <c r="B42" t="str">
         <v>DUP</v>
       </c>
       <c r="D42" t="str">
-        <v>Juzman</v>
+        <v>Grześ</v>
       </c>
       <c r="E42">
+        <v>14</v>
+      </c>
+      <c r="F42">
+        <v>72</v>
+      </c>
+      <c r="G42">
+        <v>1</v>
+      </c>
+      <c r="I42" t="str">
+        <v>grzegorz311</v>
+      </c>
+      <c r="J42">
+        <v>14</v>
+      </c>
+      <c r="K42">
+        <v>72</v>
+      </c>
+      <c r="L42">
+        <v>4</v>
+      </c>
+      <c r="M42">
+        <v>3</v>
+      </c>
+      <c r="N42">
+        <v>4</v>
+      </c>
+      <c r="O42">
         <v>7</v>
       </c>
-      <c r="F42">
-[...25 lines deleted...]
-      </c>
       <c r="P42">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC42">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>G1</v>
       </c>
       <c r="B43" t="str">
         <v>DUP</v>
       </c>
       <c r="D43" t="str">
         <v>Juzman</v>
       </c>
       <c r="E43">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F43">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I43" t="str">
         <v>juzman</v>
       </c>
       <c r="J43">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K43">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L43">
         <v>4</v>
       </c>
       <c r="M43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O43">
         <v>5</v>
       </c>
       <c r="P43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T43">
         <v>4</v>
       </c>
       <c r="U43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
         <v>2</v>
       </c>
       <c r="Z43">
         <v>4</v>
       </c>
       <c r="AA43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC43">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>G1</v>
       </c>
       <c r="B44" t="str">
         <v>DUP</v>
       </c>
       <c r="D44" t="str">
-        <v>Kamil Biłan</v>
+        <v>Juzman</v>
       </c>
       <c r="E44">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="F44">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="G44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I44" t="str">
-        <v>cranfli</v>
+        <v>juzman</v>
       </c>
       <c r="J44">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="K44">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="L44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N44">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O44">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P44">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T44">
         <v>4</v>
       </c>
       <c r="U44">
         <v>3</v>
       </c>
       <c r="V44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X44">
         <v>3</v>
       </c>
       <c r="Y44">
         <v>2</v>
       </c>
       <c r="Z44">
         <v>4</v>
       </c>
       <c r="AA44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB44">
         <v>4</v>
       </c>
       <c r="AC44">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>G1</v>
       </c>
       <c r="B45" t="str">
         <v>DUP</v>
       </c>
       <c r="D45" t="str">
         <v>Krybosz</v>
       </c>
       <c r="E45">
         <v>6</v>
       </c>
       <c r="F45">
         <v>64</v>
       </c>
       <c r="G45">
         <v>3</v>
       </c>
       <c r="I45" t="str">
         <v>krybosz</v>
       </c>
       <c r="J45">