--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1662,50 +1662,53 @@
         <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Tom Beanland</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>69</v>
       </c>
+      <c r="G15">
+        <v>244292</v>
+      </c>
       <c r="H15" t="str">
         <v>tombeanland</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
         <v>69</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">