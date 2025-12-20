--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -2430,50 +2430,53 @@
         <v>3</v>
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Artyom Zakharov</v>
       </c>
       <c r="E24">
         <v>16</v>
       </c>
       <c r="F24">
         <v>80</v>
       </c>
+      <c r="G24">
+        <v>249531</v>
+      </c>
       <c r="H24" t="str">
         <v>golfshmolf</v>
       </c>
       <c r="I24">
         <v>16</v>
       </c>
       <c r="J24">
         <v>80</v>
       </c>
       <c r="K24">
         <v>6</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">