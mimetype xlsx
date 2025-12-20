--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1549,50 +1549,53 @@
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12">
         <v>-12</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>13</v>
       </c>
       <c r="G12">
         <v>13</v>
       </c>
       <c r="H12" t="str">
         <v>Artyom Zakharov</v>
       </c>
       <c r="I12">
         <v>15</v>
       </c>
       <c r="J12">
         <v>79</v>
       </c>
+      <c r="K12">
+        <v>249531</v>
+      </c>
       <c r="L12" t="str">
         <v>golfshmolf</v>
       </c>
       <c r="M12">
         <v>15</v>
       </c>
       <c r="N12">
         <v>79</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>7</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>5</v>
       </c>
       <c r="S12">
         <v>5</v>
       </c>
       <c r="T12">