--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1555,50 +1555,53 @@
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12">
         <v>-11</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>12</v>
       </c>
       <c r="G12">
         <v>12</v>
       </c>
       <c r="H12" t="str">
         <v>Artyom Zakharov</v>
       </c>
       <c r="I12">
         <v>17</v>
       </c>
       <c r="J12">
         <v>81</v>
       </c>
+      <c r="K12">
+        <v>249531</v>
+      </c>
       <c r="L12" t="str">
         <v>golfshmolf</v>
       </c>
       <c r="M12">
         <v>17</v>
       </c>
       <c r="N12">
         <v>81</v>
       </c>
       <c r="O12">
         <v>5</v>
       </c>
       <c r="P12">
         <v>5</v>
       </c>
       <c r="Q12">
         <v>6</v>
       </c>
       <c r="R12">
         <v>7</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">