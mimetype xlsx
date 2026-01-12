--- v0 (2025-12-20)
+++ v1 (2026-01-12)
@@ -2011,51 +2011,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>T1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Nick Hopewell</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>54</v>
       </c>
       <c r="H19" t="str">
-        <v>clakey</v>
+        <v>nickhopes</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>54</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>