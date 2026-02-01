--- v0 (2026-01-09)
+++ v1 (2026-02-01)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB21"/>
+  <dimension ref="A1:AC21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="9.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Men</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Ian Borella &amp; Patrick Ruschke</v>
       </c>
       <c r="E2">
         <v>-14</v>
       </c>
       <c r="F2">
         <v>46</v>
       </c>
       <c r="H2" t="str">
         <v>iborella15,patruschke</v>
       </c>
       <c r="I2">
         <v>-14</v>
@@ -613,50 +616,53 @@
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
+      <c r="AC2" t="str">
+        <v>88</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Men</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Kyle Potter &amp; Eric Sisco</v>
       </c>
       <c r="E3">
         <v>-12</v>
       </c>
       <c r="F3">
         <v>48</v>
       </c>
       <c r="H3" t="str">
         <v>kpotter386,efsisco</v>
       </c>
       <c r="I3">
         <v>-12</v>
@@ -696,50 +702,53 @@
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
+      <c r="AC3" t="str">
+        <v>44</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Men</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Taylor Thomas &amp; Garrett Fischer</v>
       </c>
       <c r="E4">
         <v>-12</v>
       </c>
       <c r="F4">
         <v>48</v>
       </c>
       <c r="H4" t="str">
         <v>twigiwt,gnut313</v>
       </c>
       <c r="I4">
         <v>-12</v>
@@ -779,50 +788,53 @@
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
+      <c r="AC4" t="str">
+        <v>44</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Men</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Todd Lazar &amp; Neil Brown</v>
       </c>
       <c r="E5">
         <v>-11</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
       <c r="H5" t="str">
         <v>tlazar,neilio</v>
       </c>
       <c r="I5">
         <v>-11</v>
@@ -862,50 +874,53 @@
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
+      <c r="AC5" t="str">
+        <v>32</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Men</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Austin Moser &amp; Chris Powell</v>
       </c>
       <c r="E6">
         <v>-10</v>
       </c>
       <c r="F6">
         <v>50</v>
       </c>
       <c r="H6" t="str">
         <v>amoser180,powell2285</v>
       </c>
       <c r="I6">
         <v>-10</v>
@@ -945,50 +960,53 @@
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
+      <c r="AC6" t="str">
+        <v>24</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Men</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Andrew Brown &amp; Ryan Jarvis</v>
       </c>
       <c r="E7">
         <v>-9</v>
       </c>
       <c r="F7">
         <v>51</v>
       </c>
       <c r="H7" t="str">
         <v>andrewbrown216,rjarvis</v>
       </c>
       <c r="I7">
         <v>-9</v>
@@ -1028,50 +1046,53 @@
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
+      <c r="AC7" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Men</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Justin Peabody &amp; Nick Schleicher</v>
       </c>
       <c r="E8">
         <v>-9</v>
       </c>
       <c r="F8">
         <v>51</v>
       </c>
       <c r="H8" t="str">
         <v>preabody,nickschleicher</v>
       </c>
       <c r="I8">
         <v>-9</v>
@@ -1111,50 +1132,53 @@
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>2</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
+      <c r="AC8" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Men</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>Oliver &amp; Victor Roark</v>
       </c>
       <c r="E9">
         <v>-9</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
       <c r="H9" t="str">
         <v>phixey,victor18</v>
       </c>
       <c r="I9">
         <v>-9</v>
@@ -1194,50 +1218,53 @@
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
+      <c r="AC9" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Men</v>
       </c>
       <c r="B10" t="str">
         <v>T6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
         <v>Scott Prior &amp; Phil Alles</v>
       </c>
       <c r="E10">
         <v>-9</v>
       </c>
       <c r="F10">
         <v>51</v>
       </c>
       <c r="H10" t="str">
         <v>spdrcr,philstl</v>
       </c>
       <c r="I10">
         <v>-9</v>
@@ -1277,50 +1304,53 @@
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
+      <c r="AC10" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Men</v>
       </c>
       <c r="B11" t="str">
         <v>T6</v>
       </c>
       <c r="C11">
         <v>6</v>
       </c>
       <c r="D11" t="str">
         <v>Tommy simon &amp; Michael Waradzyn</v>
       </c>
       <c r="E11">
         <v>-9</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
       <c r="H11" t="str">
         <v>tommysimon,mjwaradzyn61</v>
       </c>
       <c r="I11">
         <v>-9</v>
@@ -1360,50 +1390,53 @@
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
+      <c r="AC11" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Men</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Patrick Remming &amp; Greg Sorensen</v>
       </c>
       <c r="E12">
         <v>-8</v>
       </c>
       <c r="F12">
         <v>52</v>
       </c>
       <c r="H12" t="str">
         <v>premming,ntnos8nt</v>
       </c>
       <c r="I12">
         <v>-8</v>
@@ -1443,50 +1476,53 @@
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
+      <c r="AC12" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Men</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Shane Donahue &amp; Ryan Rickard</v>
       </c>
       <c r="E13">
         <v>-8</v>
       </c>
       <c r="F13">
         <v>52</v>
       </c>
       <c r="H13" t="str">
         <v>shaned458,ryanrickard</v>
       </c>
       <c r="I13">
         <v>-8</v>
@@ -1526,50 +1562,53 @@
       </c>
       <c r="U13">
         <v>4</v>
       </c>
       <c r="V13">
         <v>2</v>
       </c>
       <c r="W13">
         <v>2</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>5</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
+      <c r="AC13" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Men</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Jon Hellwig &amp; Daniel Riddle</v>
       </c>
       <c r="E14">
         <v>-7</v>
       </c>
       <c r="F14">
         <v>53</v>
       </c>
       <c r="H14" t="str">
         <v>jonhellwig,steiny23</v>
       </c>
       <c r="I14">
         <v>-7</v>
@@ -1609,50 +1648,53 @@
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
+      <c r="AC14" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Men</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Scott Schumann &amp; Jon Meyer</v>
       </c>
       <c r="E15">
         <v>-7</v>
       </c>
       <c r="F15">
         <v>53</v>
       </c>
       <c r="H15" t="str">
         <v>scottschumann,red8sae</v>
       </c>
       <c r="I15">
         <v>-7</v>
@@ -1692,50 +1734,53 @@
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
+      <c r="AC15" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Men</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Daniel White &amp; Allen Hooper</v>
       </c>
       <c r="E16">
         <v>-6</v>
       </c>
       <c r="F16">
         <v>54</v>
       </c>
       <c r="H16" t="str">
         <v>lexusdan573,allenhoop</v>
       </c>
       <c r="I16">
         <v>-6</v>
@@ -1775,50 +1820,53 @@
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
+      <c r="AC16" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Men</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Eric Fussell &amp; Jeff Summa</v>
       </c>
       <c r="E17">
         <v>-5</v>
       </c>
       <c r="F17">
         <v>55</v>
       </c>
       <c r="H17" t="str">
         <v>ericfussell,jsooma</v>
       </c>
       <c r="I17">
         <v>-5</v>
@@ -1858,50 +1906,53 @@
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
         <v>2</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
+      <c r="AC17" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Men</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Jacob Capstick</v>
       </c>
       <c r="E18">
         <v>-5</v>
       </c>
       <c r="F18">
         <v>55</v>
       </c>
       <c r="H18" t="str">
         <v>jakecapstick</v>
       </c>
       <c r="I18">
         <v>-5</v>
@@ -1941,50 +1992,53 @@
       </c>
       <c r="U18">
         <v>5</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>2</v>
       </c>
       <c r="X18">
         <v>2</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
+      <c r="AC18" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>Men</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Allan Benson &amp; Rory Hanlon</v>
       </c>
       <c r="E19">
         <v>-4</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
       <c r="H19" t="str">
         <v>allanbenson,rory13</v>
       </c>
       <c r="I19">
         <v>-4</v>
@@ -2024,50 +2078,53 @@
       </c>
       <c r="U19">
         <v>4</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
+      <c r="AC19" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Men</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Alan Girard &amp; Andrew Seagrass</v>
       </c>
       <c r="E20">
         <v>-3</v>
       </c>
       <c r="F20">
         <v>57</v>
       </c>
       <c r="H20" t="str">
         <v>samjack,seagrass18</v>
       </c>
       <c r="I20">
         <v>-3</v>
@@ -2107,50 +2164,53 @@
       </c>
       <c r="U20">
         <v>4</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
+      <c r="AC20" t="str">
+        <v>p</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Men</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Boogie Mark Hosteen  &amp; Jeremy B</v>
       </c>
       <c r="E21">
         <v>-2</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
       <c r="H21" t="str">
         <v>boogiemark,skyroller</v>
       </c>
       <c r="I21">
         <v>-2</v>
@@ -2190,54 +2250,57 @@
       </c>
       <c r="U21">
         <v>4</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
+      <c r="AC21" t="str">
+        <v>p</v>
+      </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB21"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 