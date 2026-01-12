--- v0 (2025-10-19)
+++ v1 (2026-01-12)
@@ -711,191 +711,197 @@
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Cameron Gray-Lee &amp; A.J. Krawczyk</v>
       </c>
       <c r="E4">
-        <v>-12</v>
+        <v>-13</v>
       </c>
       <c r="F4">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="H4" t="str">
         <v>pterodactyl19,ajkdrums</v>
       </c>
       <c r="I4">
-        <v>-12</v>
+        <v>-13</v>
       </c>
       <c r="J4">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Erik Brandl</v>
       </c>
       <c r="E5">
         <v>-9</v>
       </c>
       <c r="F5">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="H5" t="str">
         <v>ebrandl</v>
       </c>
       <c r="I5">
         <v>-9</v>
       </c>
       <c r="J5">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>6</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>2</v>
+      </c>
+      <c r="AA5">
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Jules Lord &amp; Marc Nathman</v>
       </c>
       <c r="E6">
         <v>-9</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="H6" t="str">
@@ -1040,108 +1046,111 @@
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Molly Dolben &amp; Seth Hermanson</v>
       </c>
       <c r="E8">
         <v>-8</v>
       </c>
       <c r="F8">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="H8" t="str">
         <v>molly413,seth413</v>
       </c>
       <c r="I8">
         <v>-8</v>
       </c>
       <c r="J8">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
         <v>5</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>2</v>
+      </c>
+      <c r="AA8">
+        <v>4</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>