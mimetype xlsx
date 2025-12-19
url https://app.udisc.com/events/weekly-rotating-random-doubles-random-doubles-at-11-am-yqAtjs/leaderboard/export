--- v0 (2025-11-09)
+++ v1 (2025-12-19)
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Derek Curtis &amp; LD</v>
       </c>
       <c r="E13">
         <v>-7</v>
       </c>
       <c r="F13">
         <v>52</v>
       </c>
       <c r="H13" t="str">
-        <v>drexcurtis,dskills</v>
+        <v>drexcurtis,flightline</v>
       </c>
       <c r="I13">
         <v>-7</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>