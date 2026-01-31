--- v0 (2025-10-20)
+++ v1 (2026-01-31)
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Bryan Jenks &amp; LD</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
       <c r="H4" t="str">
-        <v>whitefire18,dskills</v>
+        <v>whitefire18,flightline</v>
       </c>
       <c r="I4">
         <v>-8</v>
       </c>
       <c r="J4">
         <v>47</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>