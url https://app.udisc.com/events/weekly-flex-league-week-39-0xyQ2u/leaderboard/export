--- v0 (2025-11-16)
+++ v1 (2025-12-06)
@@ -540,276 +540,273 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Roger Franks</v>
+        <v>Bo Eichelberger</v>
       </c>
       <c r="E2">
         <v>-2</v>
       </c>
       <c r="F2">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
-      <c r="H2">
-[...1 lines deleted...]
-      </c>
       <c r="I2" t="str">
-        <v>rfranks998</v>
+        <v>beich665</v>
       </c>
       <c r="J2">
         <v>-2</v>
       </c>
       <c r="K2">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>4</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>2</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Bo Eichelberger</v>
+        <v>Zach Drew</v>
       </c>
       <c r="E3">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>beich665</v>
+        <v>zachsdrew91</v>
       </c>
       <c r="J3">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="K3">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U3">
+        <v>3</v>
+      </c>
+      <c r="V3">
         <v>4</v>
       </c>
-      <c r="V3">
-[...1 lines deleted...]
-      </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Zach Drew</v>
+        <v>Roger Franks</v>
       </c>
       <c r="E4">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F4">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
+      <c r="H4">
+        <v>45255</v>
+      </c>
       <c r="I4" t="str">
-        <v>zachsdrew91</v>
+        <v>rfranks998</v>
       </c>
       <c r="J4">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="K4">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
-        <v>4</v>
-[...25 lines deleted...]
-      <c r="AC4">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">