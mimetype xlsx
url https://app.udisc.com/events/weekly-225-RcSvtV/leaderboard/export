--- v0 (2026-01-02)
+++ v1 (2026-02-12)
@@ -781,50 +781,53 @@
       </c>
       <c r="D4">
         <v>-6</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>8</v>
       </c>
       <c r="G4">
         <v>8</v>
       </c>
       <c r="H4" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I4">
         <v>5</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
+      <c r="L4">
+        <v>301439</v>
+      </c>
       <c r="M4" t="str">
         <v>manickat</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
         <v>59</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
@@ -1628,304 +1631,307 @@
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
       <c r="AE12">
         <v>4</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="C13">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D13">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>DUP</v>
       </c>
       <c r="H13" t="str">
-        <v>Anthony Jaussaud</v>
+        <v>Kat miller</v>
       </c>
       <c r="I13">
-        <v>-1</v>
+        <v>6</v>
       </c>
       <c r="J13">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="K13">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L13">
+        <v>301439</v>
       </c>
       <c r="M13" t="str">
-        <v>ajaussaud</v>
+        <v>manickat</v>
       </c>
       <c r="N13">
-        <v>-1</v>
+        <v>6</v>
       </c>
       <c r="O13">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
       <c r="AD13">
         <v>4</v>
       </c>
       <c r="AE13">
         <v>4</v>
       </c>
       <c r="AF13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="C14">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D14">
-        <v>-2</v>
+        <v>6</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>DUP</v>
       </c>
       <c r="H14" t="str">
-        <v>Josh Montroy</v>
+        <v>Anthony Jaussaud</v>
       </c>
       <c r="I14">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="J14">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="M14" t="str">
-        <v>kingpine</v>
+        <v>ajaussaud</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="O14">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE14">
         <v>4</v>
       </c>
       <c r="AF14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="C15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D15">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>DUP</v>
       </c>
       <c r="H15" t="str">
-        <v>Kat miller</v>
+        <v>Josh Montroy</v>
       </c>
       <c r="I15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J15">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M15" t="str">
-        <v>manickat</v>
+        <v>kingpine</v>
       </c>
       <c r="N15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="P15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T15">
         <v>4</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>4</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE15">
         <v>4</v>
       </c>
       <c r="AF15">
         <v>4</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>