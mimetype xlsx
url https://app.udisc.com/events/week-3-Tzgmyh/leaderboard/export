--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -1340,50 +1340,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Sorin Dinescu</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>318414</v>
+      </c>
       <c r="I11" t="str">
         <v>sorandi</v>
       </c>
       <c r="J11">
         <v>-2</v>
       </c>
       <c r="K11">
         <v>53</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
@@ -2539,950 +2542,953 @@
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>DUP</v>
       </c>
       <c r="D25" t="str">
-        <v>Alexandru Stefan Ionescu</v>
+        <v>Sorin Dinescu</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F25">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G25">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H25">
+        <v>318414</v>
       </c>
       <c r="I25" t="str">
-        <v>mamulea</v>
+        <v>sorandi</v>
       </c>
       <c r="J25">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="K25">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>2</v>
       </c>
       <c r="S25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC25">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>DUP</v>
       </c>
       <c r="D26" t="str">
-        <v>Andreea Sabrina</v>
+        <v>Alexandru Stefan Ionescu</v>
       </c>
       <c r="E26">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F26">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="I26" t="str">
-        <v>andreeagc</v>
+        <v>mamulea</v>
       </c>
       <c r="J26">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K26">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T26">
         <v>4</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC26">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>DUP</v>
       </c>
       <c r="D27" t="str">
-        <v>Gabriel Sararu</v>
+        <v>Andreea Sabrina</v>
       </c>
       <c r="E27">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F27">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="I27" t="str">
-        <v>gabrielfyfy</v>
+        <v>andreeagc</v>
       </c>
       <c r="J27">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="K27">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="L27">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>5</v>
       </c>
       <c r="AC27">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>DUP</v>
       </c>
       <c r="D28" t="str">
-        <v>Igor Victor</v>
+        <v>Gabriel Sararu</v>
       </c>
       <c r="E28">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F28">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="I28" t="str">
-        <v>hecorini</v>
+        <v>gabrielfyfy</v>
       </c>
       <c r="J28">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="K28">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="L28">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
         <v>4</v>
       </c>
       <c r="Y28">
         <v>4</v>
       </c>
       <c r="Z28">
         <v>4</v>
       </c>
       <c r="AA28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB28">
         <v>5</v>
       </c>
       <c r="AC28">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>DUP</v>
       </c>
       <c r="D29" t="str">
-        <v>Iulia Cobzaru</v>
+        <v>Igor Victor</v>
       </c>
       <c r="E29">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="F29">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="G29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I29" t="str">
-        <v>juliawolf</v>
+        <v>hecorini</v>
       </c>
       <c r="J29">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="K29">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="L29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
         <v>4</v>
       </c>
       <c r="S29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V29">
         <v>4</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y29">
         <v>4</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB29">
         <v>5</v>
       </c>
       <c r="AC29">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>DUP</v>
       </c>
       <c r="D30" t="str">
-        <v>Jago</v>
+        <v>Iulia Cobzaru</v>
       </c>
       <c r="E30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F30">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G30">
         <v>2</v>
       </c>
       <c r="I30" t="str">
-        <v>jagoly</v>
+        <v>juliawolf</v>
       </c>
       <c r="J30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K30">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>4</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB30">
         <v>5</v>
       </c>
       <c r="AC30">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>DUP</v>
       </c>
       <c r="D31" t="str">
-        <v>Liniste Machia</v>
+        <v>Jago</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F31">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="I31" t="str">
-        <v>liniste</v>
+        <v>jagoly</v>
       </c>
       <c r="J31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K31">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>4</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA31">
         <v>2</v>
       </c>
       <c r="AB31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>DUP</v>
       </c>
       <c r="D32" t="str">
-        <v>Marius Manole</v>
+        <v>Liniste Machia</v>
       </c>
       <c r="E32">
-        <v>-4</v>
+        <v>1</v>
       </c>
       <c r="F32">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G32">
+        <v>2</v>
+      </c>
+      <c r="I32" t="str">
+        <v>liniste</v>
+      </c>
+      <c r="J32">
         <v>1</v>
       </c>
-      <c r="I32" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="K32">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P32">
         <v>2</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
         <v>3</v>
       </c>
       <c r="S32">
         <v>3</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
         <v>3</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC32">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>DUP</v>
       </c>
       <c r="D33" t="str">
-        <v>Quentin Young</v>
+        <v>Marius Manole</v>
       </c>
       <c r="E33">
         <v>-4</v>
       </c>
       <c r="F33">
         <v>51</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="I33" t="str">
-        <v>qzamabad</v>
+        <v>xmesteru</v>
       </c>
       <c r="J33">
         <v>-4</v>
       </c>
       <c r="K33">
         <v>51</v>
       </c>
       <c r="L33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P33">
         <v>2</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S33">
         <v>3</v>
       </c>
       <c r="T33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
         <v>3</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
         <v>3</v>
       </c>
       <c r="Y33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z33">
         <v>2</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC33">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>DUP</v>
       </c>
       <c r="D34" t="str">
-        <v>Radu Bardan</v>
+        <v>Quentin Young</v>
       </c>
       <c r="E34">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F34">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="I34" t="str">
-        <v>radub3</v>
+        <v>qzamabad</v>
       </c>
       <c r="J34">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="K34">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="L34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>2</v>
       </c>
       <c r="Q34">
         <v>3</v>
       </c>
       <c r="R34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S34">
         <v>3</v>
       </c>
       <c r="T34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
         <v>3</v>
       </c>
       <c r="Z34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
       <c r="AC34">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>DUP</v>
       </c>
       <c r="D35" t="str">
-        <v>Sorin Dinescu</v>
+        <v>Radu Bardan</v>
       </c>
       <c r="E35">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F35">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I35" t="str">
-        <v>sorandi</v>
+        <v>radub3</v>
       </c>
       <c r="J35">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K35">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W35">
         <v>3</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
         <v>3</v>
       </c>
       <c r="Z35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA35">
         <v>2</v>
       </c>
       <c r="AB35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC35">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC35"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>