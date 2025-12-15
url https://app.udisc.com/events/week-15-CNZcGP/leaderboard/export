--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -756,50 +756,53 @@
         <v>4</v>
       </c>
       <c r="AE3">
         <v>4</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>WHITE</v>
       </c>
       <c r="F4" t="str">
         <v>DNF</v>
       </c>
       <c r="H4" t="str">
         <v>Jared Gundry</v>
       </c>
       <c r="I4">
         <v>4</v>
       </c>
       <c r="J4">
         <v>37</v>
       </c>
+      <c r="K4">
+        <v>318760</v>
+      </c>
       <c r="L4" t="str">
         <v>gundercycle</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>37</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>6</v>
       </c>
       <c r="T4">