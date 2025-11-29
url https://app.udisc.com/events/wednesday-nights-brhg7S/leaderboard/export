--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1156,51 +1156,51 @@
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>OD</v>
       </c>
       <c r="B9" t="str">
         <v>5</v>
       </c>
       <c r="C9">
         <v>5</v>
       </c>
       <c r="D9" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>54</v>
       </c>
       <c r="H9" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>