--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GLO</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Tony Washington &amp; Brian Rodriguez</v>
       </c>
       <c r="E5">
         <v>-12</v>
       </c>
       <c r="F5">
         <v>42</v>
       </c>
       <c r="H5" t="str">
-        <v>teedub1987,brian2004</v>
+        <v>teedub1987,brod2004</v>
       </c>
       <c r="I5">
         <v>-12</v>
       </c>
       <c r="J5">
         <v>42</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>