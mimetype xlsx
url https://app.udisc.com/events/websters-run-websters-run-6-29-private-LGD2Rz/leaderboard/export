--- v0 (2025-10-06)
+++ v1 (2025-12-11)
@@ -1740,51 +1740,51 @@
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Zack Swanson</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>57</v>
       </c>
       <c r="H16" t="str">
-        <v>bubbleslinger</v>
+        <v>zswandg</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>57</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>