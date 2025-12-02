--- v0 (2025-11-09)
+++ v1 (2025-12-02)
@@ -1132,51 +1132,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Daniel Touchstone </v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
       <c r="H9" t="str">
-        <v>t3mp3r3dxxi</v>
+        <v>daleto</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>