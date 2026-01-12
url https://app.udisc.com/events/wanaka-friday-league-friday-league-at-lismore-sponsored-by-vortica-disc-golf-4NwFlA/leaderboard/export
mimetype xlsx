--- v0 (2025-11-29)
+++ v1 (2026-01-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AF6"/>
+  <dimension ref="A1:AF5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -564,54 +564,54 @@
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-1</v>
       </c>
       <c r="D2">
         <v>-6</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H2" t="str">
         <v>Michael Mills</v>
       </c>
       <c r="I2">
         <v>5</v>
       </c>
       <c r="J2">
         <v>60</v>
       </c>
       <c r="L2" t="str">
         <v>millsylolz</v>
       </c>
       <c r="M2">
         <v>5</v>
       </c>
       <c r="N2">
         <v>60</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -659,54 +659,54 @@
       </c>
       <c r="AE2">
         <v>2</v>
       </c>
       <c r="AF2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
       <c r="D3">
         <v>-6</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H3" t="str">
         <v>Quinn Parry</v>
       </c>
       <c r="I3">
         <v>6</v>
       </c>
       <c r="J3">
         <v>61</v>
       </c>
       <c r="K3">
         <v>254736</v>
       </c>
       <c r="L3" t="str">
         <v>deke1245</v>
       </c>
       <c r="M3">
         <v>6</v>
       </c>
       <c r="N3">
         <v>61</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
@@ -748,225 +748,187 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>2</v>
       </c>
       <c r="AE3">
         <v>2</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D4">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>Lucas funk</v>
+        <v>Joel maunder</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="J4">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="L4" t="str">
-        <v>lukefunkhouser</v>
+        <v>joel8088</v>
       </c>
       <c r="M4">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="N4">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>2</v>
+      </c>
+      <c r="V4">
+        <v>2</v>
+      </c>
+      <c r="W4">
+        <v>4</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>2</v>
+      </c>
+      <c r="Z4">
+        <v>2</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>2</v>
+      </c>
+      <c r="AD4">
+        <v>2</v>
+      </c>
+      <c r="AE4">
+        <v>2</v>
+      </c>
+      <c r="AF4">
+        <v>2</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5">
-[...4 lines deleted...]
-      </c>
       <c r="C5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D5">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="H5" t="str">
-        <v>Joel maunder</v>
+        <v>Lucas funk</v>
       </c>
       <c r="I5">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="J5">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="L5" t="str">
-        <v>joel8088</v>
+        <v>lukefunkhouser</v>
       </c>
       <c r="M5">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="N5">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
-      </c>
-[...66 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AF6"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AF5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 