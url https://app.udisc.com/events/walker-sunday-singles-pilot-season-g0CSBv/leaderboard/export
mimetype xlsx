--- v0 (2025-12-17)
+++ v1 (2026-01-24)
@@ -2171,197 +2171,200 @@
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
         <v>4</v>
       </c>
       <c r="AE20">
         <v>4</v>
       </c>
       <c r="AF20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
         <v>T19</v>
       </c>
       <c r="G21">
         <v>19</v>
       </c>
       <c r="H21" t="str">
-        <v>Shannon Laird</v>
+        <v>Van Trinh</v>
       </c>
       <c r="I21">
         <v>13</v>
       </c>
       <c r="J21">
         <v>69</v>
       </c>
+      <c r="K21">
+        <v>308858</v>
+      </c>
       <c r="L21" t="str">
-        <v>grannynanny</v>
+        <v>spagoodle</v>
       </c>
       <c r="M21">
         <v>13</v>
       </c>
       <c r="N21">
         <v>69</v>
       </c>
       <c r="O21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
         <v>2</v>
       </c>
       <c r="V21">
+        <v>5</v>
+      </c>
+      <c r="W21">
+        <v>4</v>
+      </c>
+      <c r="X21">
         <v>6</v>
       </c>
-      <c r="W21">
-[...4 lines deleted...]
-      </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE21">
         <v>3</v>
       </c>
       <c r="AF21">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="E22" t="str">
         <v>GEN</v>
       </c>
       <c r="F22" t="str">
         <v>T19</v>
       </c>
       <c r="G22">
         <v>19</v>
       </c>
       <c r="H22" t="str">
-        <v>Van Trinh</v>
+        <v>Shannon Laird</v>
       </c>
       <c r="I22">
         <v>13</v>
       </c>
       <c r="J22">
         <v>69</v>
       </c>
       <c r="L22" t="str">
-        <v>spagoodle</v>
+        <v>grannynanny</v>
       </c>
       <c r="M22">
         <v>13</v>
       </c>
       <c r="N22">
         <v>69</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U22">
         <v>2</v>
       </c>
       <c r="V22">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE22">
         <v>3</v>
       </c>
       <c r="AF22">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
         <v>22</v>
       </c>
       <c r="G23">
         <v>22</v>
       </c>
       <c r="H23" t="str">
         <v>Jonathan Curtis</v>
       </c>
       <c r="I23">
         <v>14</v>
       </c>
       <c r="J23">