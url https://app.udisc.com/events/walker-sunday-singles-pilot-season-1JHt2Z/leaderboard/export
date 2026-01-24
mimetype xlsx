--- v0 (2026-01-02)
+++ v1 (2026-01-24)
@@ -1760,51 +1760,51 @@
       </c>
     </row>
     <row r="15">
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>T10</v>
       </c>
       <c r="G15">
         <v>10</v>
       </c>
       <c r="H15" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
         <v>61</v>
       </c>
       <c r="K15">
         <v>259899</v>
       </c>
       <c r="L15" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="M15">
         <v>5</v>
       </c>
       <c r="N15">
         <v>61</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>5</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>