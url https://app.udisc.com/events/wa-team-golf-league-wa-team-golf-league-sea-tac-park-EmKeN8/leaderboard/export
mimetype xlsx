--- v0 (2026-01-21)
+++ v1 (2026-02-12)
@@ -1703,51 +1703,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>DOERS</v>
       </c>
       <c r="B15" t="str">
         <v>T11</v>
       </c>
       <c r="C15">
         <v>11</v>
       </c>
       <c r="D15" t="str">
         <v xml:space="preserve">Turis Corning </v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>58</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
-        <v>turisisthebest</v>
+        <v>snapercat</v>
       </c>
       <c r="J15">
         <v>-2</v>
       </c>
       <c r="K15">
         <v>58</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>