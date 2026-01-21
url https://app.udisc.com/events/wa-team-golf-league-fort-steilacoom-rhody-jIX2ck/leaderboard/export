--- v0 (2025-12-26)
+++ v1 (2026-01-21)
@@ -11022,51 +11022,51 @@
       <c r="A125" t="str">
         <v>DUBS</v>
       </c>
       <c r="B125" t="str">
         <v>22</v>
       </c>
       <c r="C125">
         <v>22</v>
       </c>
       <c r="D125" t="str">
         <v>Lori Beierle</v>
       </c>
       <c r="E125">
         <v>1</v>
       </c>
       <c r="F125">
         <v>58</v>
       </c>
       <c r="G125">
         <v>1</v>
       </c>
       <c r="H125">
         <v>82950</v>
       </c>
       <c r="I125" t="str">
-        <v>lhpeace</v>
+        <v>stofferpeace</v>
       </c>
       <c r="J125">
         <v>1</v>
       </c>
       <c r="K125">
         <v>58</v>
       </c>
       <c r="L125">
         <v>3</v>
       </c>
       <c r="M125">
         <v>3</v>
       </c>
       <c r="N125">
         <v>3</v>
       </c>
       <c r="O125">
         <v>3</v>
       </c>
       <c r="P125">
         <v>3</v>
       </c>
       <c r="Q125">
         <v>3</v>
       </c>