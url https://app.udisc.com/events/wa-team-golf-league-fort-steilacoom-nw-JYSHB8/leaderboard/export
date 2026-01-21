--- v0 (2025-12-26)
+++ v1 (2026-01-21)
@@ -5779,51 +5779,51 @@
       <c r="A61" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B61" t="str">
         <v>T59</v>
       </c>
       <c r="C61">
         <v>59</v>
       </c>
       <c r="D61" t="str">
         <v>Lori Beierle</v>
       </c>
       <c r="E61">
         <v>9</v>
       </c>
       <c r="F61">
         <v>65</v>
       </c>
       <c r="G61">
         <v>1</v>
       </c>
       <c r="H61">
         <v>82950</v>
       </c>
       <c r="I61" t="str">
-        <v>lhpeace</v>
+        <v>stofferpeace</v>
       </c>
       <c r="J61">
         <v>9</v>
       </c>
       <c r="K61">
         <v>65</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
       <c r="M61">
         <v>3</v>
       </c>
       <c r="N61">
         <v>4</v>
       </c>
       <c r="O61">
         <v>3</v>
       </c>
       <c r="P61">
         <v>5</v>
       </c>
       <c r="Q61">
         <v>4</v>
       </c>
@@ -9317,51 +9317,51 @@
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B105" t="str">
         <v>DNF</v>
       </c>
       <c r="D105" t="str">
         <v>Lori Beierle</v>
       </c>
       <c r="E105">
         <v>0</v>
       </c>
       <c r="F105">
         <v>0</v>
       </c>
       <c r="G105">
         <v>2</v>
       </c>
       <c r="H105">
         <v>82950</v>
       </c>
       <c r="I105" t="str">
-        <v>lhpeace</v>
+        <v>stofferpeace</v>
       </c>
       <c r="J105">
         <v>0</v>
       </c>
       <c r="K105">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B106" t="str">
         <v>DNF</v>
       </c>
       <c r="D106" t="str">
         <v>Rachel Melnik</v>
       </c>
       <c r="E106">
         <v>0</v>
       </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">