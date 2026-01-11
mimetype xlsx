--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -3083,51 +3083,51 @@
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>LD</v>
       </c>
       <c r="E32">
         <v>15</v>
       </c>
       <c r="F32">
         <v>69</v>
       </c>
       <c r="G32">
         <v>295932</v>
       </c>
       <c r="H32" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I32">
         <v>15</v>
       </c>
       <c r="J32">
         <v>69</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>5</v>
       </c>
       <c r="N32">
         <v>5</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>