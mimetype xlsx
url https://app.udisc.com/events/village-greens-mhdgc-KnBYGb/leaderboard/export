--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -3172,51 +3172,51 @@
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
         <v>LD</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
         <v>61</v>
       </c>
       <c r="G33">
         <v>295932</v>
       </c>
       <c r="H33" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I33">
         <v>7</v>
       </c>
       <c r="J33">
         <v>61</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>5</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>4</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>