--- v0 (2025-11-28)
+++ v1 (2025-12-21)
@@ -635,54 +635,54 @@
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>2</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>Forrest Wilson</v>
       </c>
       <c r="I3">
         <v>6</v>
       </c>
       <c r="J3">
         <v>63</v>
       </c>
       <c r="L3" t="str">
         <v>firespeed</v>
       </c>
       <c r="M3">
         <v>6</v>
       </c>
       <c r="N3">
         <v>63</v>
       </c>
       <c r="O3">
         <v>5</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -718,54 +718,54 @@
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H4" t="str">
         <v xml:space="preserve">Kenny </v>
       </c>
       <c r="I4">
         <v>9</v>
       </c>
       <c r="J4">
         <v>66</v>
       </c>
       <c r="L4" t="str">
         <v>kenthorchler</v>
       </c>
       <c r="M4">
         <v>9</v>
       </c>
       <c r="N4">
         <v>66</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -801,54 +801,54 @@
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="G5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Brent Wallisch</v>
       </c>
       <c r="I5">
         <v>12</v>
       </c>
       <c r="J5">
         <v>69</v>
       </c>
       <c r="L5" t="str">
         <v>bwall85</v>
       </c>
       <c r="M5">
         <v>12</v>
       </c>
       <c r="N5">
         <v>69</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -884,54 +884,54 @@
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>2</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="G6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Thomas kreiser</v>
       </c>
       <c r="I6">
         <v>12</v>
       </c>
       <c r="J6">
         <v>69</v>
       </c>
       <c r="L6" t="str">
         <v>tjmaxx1982</v>
       </c>
       <c r="M6">
         <v>12</v>
       </c>
       <c r="N6">
         <v>69</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>