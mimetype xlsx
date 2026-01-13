--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -1354,51 +1354,51 @@
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10">
         <v>-5</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>10</v>
       </c>
       <c r="G10">
         <v>10</v>
       </c>
       <c r="H10" t="str">
         <v>Dee C</v>
       </c>
       <c r="I10">
         <v>7</v>
       </c>
       <c r="J10">
         <v>61</v>
       </c>
       <c r="L10" t="str">
-        <v>deechr</v>
+        <v>dee234</v>
       </c>
       <c r="M10">
         <v>7</v>
       </c>
       <c r="N10">
         <v>61</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>