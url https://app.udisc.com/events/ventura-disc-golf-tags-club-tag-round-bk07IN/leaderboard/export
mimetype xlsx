--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -1452,51 +1452,51 @@
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11">
         <v>-4</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T13</v>
       </c>
       <c r="G11">
         <v>13</v>
       </c>
       <c r="H11" t="str">
         <v>Dee C</v>
       </c>
       <c r="I11">
         <v>6</v>
       </c>
       <c r="J11">
         <v>60</v>
       </c>
       <c r="L11" t="str">
-        <v>deechr</v>
+        <v>dee234</v>
       </c>
       <c r="M11">
         <v>6</v>
       </c>
       <c r="N11">
         <v>60</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>