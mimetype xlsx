--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -1158,51 +1158,51 @@
       <c r="C8">
         <v>-2</v>
       </c>
       <c r="D8">
         <v>-5</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>12</v>
       </c>
       <c r="G8">
         <v>12</v>
       </c>
       <c r="H8" t="str">
         <v>Dee C</v>
       </c>
       <c r="I8">
         <v>3</v>
       </c>
       <c r="J8">
         <v>57</v>
       </c>
       <c r="L8" t="str">
-        <v>deechr</v>
+        <v>dee234</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>57</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>