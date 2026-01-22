--- v0 (2025-10-20)
+++ v1 (2026-01-22)
@@ -1253,51 +1253,51 @@
       </c>
     </row>
     <row r="9">
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>1</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="str">
         <v>James Foster</v>
       </c>
       <c r="I9">
         <v>-5</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
       <c r="K9">
         <v>56263</v>
       </c>
       <c r="L9" t="str">
-        <v>jfosnorcal209</v>
+        <v>jfoster209</v>
       </c>
       <c r="M9">
         <v>-5</v>
       </c>
       <c r="N9">
         <v>51</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>