--- v0 (2025-11-29)
+++ v1 (2025-12-20)
@@ -741,207 +741,405 @@
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
       <c r="AD3">
         <v>2</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>REC</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
-        <v>Andrew Endler</v>
+        <v>Mike Bruns</v>
       </c>
       <c r="E4">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="F4">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="I4" t="str">
-        <v>chjenko</v>
+        <v>mikeyb59</v>
       </c>
       <c r="J4">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="K4">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>2</v>
       </c>
       <c r="AE4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>REC</v>
       </c>
+      <c r="B5" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C5">
+        <v>2</v>
+      </c>
       <c r="D5" t="str">
-        <v>Doyle</v>
+        <v>Andrew Endler</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="I5" t="str">
-        <v>slappin</v>
+        <v>chjenko</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="K5">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="L5">
+        <v>2</v>
+      </c>
+      <c r="M5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>3</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
+      </c>
+      <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>2</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+      <c r="T5">
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>2</v>
+      </c>
+      <c r="W5">
+        <v>4</v>
+      </c>
+      <c r="X5">
+        <v>4</v>
+      </c>
+      <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>2</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>2</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
+        <v>2</v>
+      </c>
+      <c r="AE5">
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>REC</v>
       </c>
+      <c r="B6" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C6">
+        <v>2</v>
+      </c>
       <c r="D6" t="str">
-        <v>Mike Bruns</v>
+        <v>Doyle</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="I6" t="str">
-        <v>mikeyb59</v>
+        <v>slappin</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>-11</v>
       </c>
       <c r="K6">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="L6">
+        <v>2</v>
+      </c>
+      <c r="M6">
+        <v>3</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>2</v>
+      </c>
+      <c r="R6">
+        <v>5</v>
+      </c>
+      <c r="S6">
+        <v>2</v>
+      </c>
+      <c r="T6">
+        <v>2</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>2</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>2</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
+      </c>
+      <c r="AC6">
+        <v>3</v>
+      </c>
+      <c r="AD6">
+        <v>3</v>
+      </c>
+      <c r="AE6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>WOM</v>
       </c>
+      <c r="B7" t="str">
+        <v>1</v>
+      </c>
+      <c r="C7">
+        <v>1</v>
+      </c>
       <c r="D7" t="str">
         <v>Amy Geib</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
         <v>pippypants</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="K7">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>2</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>2</v>
+      </c>
+      <c r="P7">
+        <v>2</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>4</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>2</v>
+      </c>
+      <c r="U7">
+        <v>2</v>
+      </c>
+      <c r="V7">
+        <v>2</v>
+      </c>
+      <c r="W7">
+        <v>4</v>
+      </c>
+      <c r="X7">
+        <v>4</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>2</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+      <c r="AC7">
+        <v>3</v>
+      </c>
+      <c r="AD7">
+        <v>2</v>
+      </c>
+      <c r="AE7">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AE7"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>