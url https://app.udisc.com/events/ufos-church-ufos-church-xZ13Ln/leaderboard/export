--- v0 (2025-10-06)
+++ v1 (2025-11-16)
@@ -761,70 +761,70 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>2</v>
       </c>
       <c r="AF3">
         <v>2</v>
       </c>
       <c r="AG3">
         <v>3</v>
       </c>
       <c r="AH3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4">
-        <v>3</v>
+      <c r="A4" t="str">
+        <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-4</v>
       </c>
       <c r="D4">
         <v>-1</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H4" t="str">
         <v>Francisco Valencia</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
         <v>58</v>
       </c>
       <c r="K4">
         <v>238304</v>
       </c>
       <c r="L4" t="str">
         <v>frankv4</v>
       </c>
       <c r="M4">
         <v>-3</v>
       </c>
       <c r="N4">
         <v>58</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
@@ -865,1009 +865,1351 @@
         <v>5</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>2</v>
       </c>
       <c r="AH4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5">
-        <v>4</v>
+      <c r="A5" t="str">
+        <v>T3</v>
       </c>
       <c r="B5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C5">
+        <v>-4</v>
+      </c>
+      <c r="D5">
         <v>-3</v>
-      </c>
-[...1 lines deleted...]
-        <v>-2</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>7</v>
+        <v>T9</v>
       </c>
       <c r="G5">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H5" t="str">
-        <v>Anthony lamb</v>
+        <v>Arturo Valdes</v>
       </c>
       <c r="I5">
         <v>-1</v>
       </c>
       <c r="J5">
         <v>60</v>
       </c>
+      <c r="K5">
+        <v>197089</v>
+      </c>
       <c r="L5" t="str">
-        <v>skateral</v>
+        <v>haloart</v>
       </c>
       <c r="M5">
         <v>-1</v>
       </c>
       <c r="N5">
         <v>60</v>
       </c>
       <c r="O5">
+        <v>4</v>
+      </c>
+      <c r="P5">
         <v>5</v>
       </c>
-      <c r="P5">
-[...1 lines deleted...]
-      </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="str">
-        <v>T5</v>
+      <c r="A6">
+        <v>5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="D6">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>4</v>
+        <v>T9</v>
       </c>
       <c r="G6">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H6" t="str">
-        <v>Sam Christmas</v>
+        <v>Anthony lamb</v>
       </c>
       <c r="I6">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="J6">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="L6" t="str">
-        <v>samxmas25</v>
+        <v>skateral</v>
       </c>
       <c r="M6">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="N6">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
       <c r="AH6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" t="str">
-        <v>T5</v>
+      <c r="A7">
+        <v>6</v>
       </c>
       <c r="B7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C7">
+        <v>-2</v>
+      </c>
+      <c r="D7">
         <v>-1</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>5</v>
+        <v>T9</v>
       </c>
       <c r="G7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H7" t="str">
-        <v>Travis James</v>
+        <v>Mike Valdez</v>
       </c>
       <c r="I7">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="J7">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="K7">
-        <v>80232</v>
+        <v>242822</v>
       </c>
       <c r="L7" t="str">
-        <v>maltesetrav</v>
+        <v>comeon</v>
       </c>
       <c r="M7">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="N7">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
       <c r="AH7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8">
-        <v>7</v>
+      <c r="A8" t="str">
+        <v>T7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="D8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>3</v>
+        <v>T4</v>
       </c>
       <c r="G8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H8" t="str">
-        <v>Sal Lopez</v>
+        <v>Sam Christmas</v>
       </c>
       <c r="I8">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J8">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>198470</v>
+        <v>56</v>
       </c>
       <c r="L8" t="str">
-        <v>sallopez77</v>
+        <v>samxmas25</v>
       </c>
       <c r="M8">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="N8">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AF8">
         <v>2</v>
       </c>
       <c r="AG8">
         <v>3</v>
       </c>
       <c r="AH8">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="B9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="D9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G9">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H9" t="str">
-        <v>Andrew Riley</v>
+        <v>Travis James</v>
       </c>
       <c r="I9">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="J9">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="K9">
-        <v>135767</v>
+        <v>80232</v>
       </c>
       <c r="L9" t="str">
-        <v>drewriley</v>
+        <v>maltesetrav</v>
       </c>
       <c r="M9">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="N9">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="O9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
       <c r="AG9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" t="str">
-        <v>T8</v>
+      <c r="A10">
+        <v>9</v>
       </c>
       <c r="B10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D10">
-        <v>-5</v>
+        <v>6</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="G10">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="H10" t="str">
-        <v>Richard lamb</v>
+        <v>Sal Lopez</v>
       </c>
       <c r="I10">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="J10">
-        <v>67</v>
+        <v>55</v>
+      </c>
+      <c r="K10">
+        <v>198470</v>
       </c>
       <c r="L10" t="str">
-        <v>fishing707</v>
+        <v>sallopez77</v>
       </c>
       <c r="M10">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="N10">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>T8</v>
+        <v>T10</v>
       </c>
       <c r="B11">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11">
-        <v>-6</v>
+        <v>0</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H11" t="str">
-        <v>Mark Berniker</v>
+        <v>Andrew Riley</v>
       </c>
       <c r="I11">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J11">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K11">
-        <v>303649</v>
+        <v>135767</v>
       </c>
       <c r="L11" t="str">
-        <v>markberniker</v>
+        <v>drewriley</v>
       </c>
       <c r="M11">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="N11">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
       <c r="AG11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AH11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12">
-        <v>11</v>
+      <c r="A12" t="str">
+        <v>T10</v>
       </c>
       <c r="B12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C12">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D12">
-        <v>3</v>
+        <v>-5</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="G12">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H12" t="str">
-        <v>Leif Ludwig</v>
+        <v>Richard lamb</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J12">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>47132</v>
+        <v>67</v>
       </c>
       <c r="L12" t="str">
-        <v>leifyg</v>
+        <v>fishing707</v>
       </c>
       <c r="M12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N12">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>4</v>
       </c>
       <c r="AD12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH12">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
+      <c r="A13" t="str">
+        <v>T10</v>
+      </c>
+      <c r="B13">
+        <v>10</v>
+      </c>
       <c r="C13">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="D13">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
+      <c r="F13" t="str">
+        <v>16</v>
+      </c>
+      <c r="G13">
+        <v>16</v>
+      </c>
       <c r="H13" t="str">
-        <v>Mike Valdez</v>
+        <v>Mark Berniker</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="K13">
-        <v>242822</v>
+        <v>303649</v>
       </c>
       <c r="L13" t="str">
-        <v>comeon</v>
+        <v>markberniker</v>
       </c>
       <c r="M13">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="N13">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>3</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>4</v>
+      </c>
+      <c r="AA13">
+        <v>4</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>4</v>
+      </c>
+      <c r="AD13">
+        <v>4</v>
+      </c>
+      <c r="AE13">
+        <v>3</v>
+      </c>
+      <c r="AF13">
+        <v>3</v>
+      </c>
+      <c r="AG13">
+        <v>3</v>
+      </c>
+      <c r="AH13">
+        <v>4</v>
       </c>
     </row>
     <row r="14">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14">
+        <v>13</v>
+      </c>
+      <c r="C14">
+        <v>8</v>
+      </c>
+      <c r="D14">
+        <v>3</v>
+      </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
+      <c r="F14" t="str">
+        <v>14</v>
+      </c>
+      <c r="G14">
+        <v>14</v>
+      </c>
       <c r="H14" t="str">
-        <v>Patrick Carpenter</v>
+        <v>Leif Ludwig</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="K14">
-        <v>218181</v>
+        <v>47132</v>
       </c>
       <c r="L14" t="str">
-        <v>pacific</v>
+        <v>leifyg</v>
       </c>
       <c r="M14">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N14">
-        <v>0</v>
+        <v>66</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>5</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>2</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>5</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+      <c r="AC14">
+        <v>4</v>
+      </c>
+      <c r="AD14">
+        <v>5</v>
+      </c>
+      <c r="AE14">
+        <v>2</v>
+      </c>
+      <c r="AF14">
+        <v>2</v>
+      </c>
+      <c r="AG14">
+        <v>4</v>
+      </c>
+      <c r="AH14">
+        <v>5</v>
       </c>
     </row>
     <row r="15">
-      <c r="C15">
-[...4 lines deleted...]
-      </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
+      <c r="F15" t="str">
+        <v>T4</v>
+      </c>
+      <c r="G15">
+        <v>4</v>
+      </c>
       <c r="H15" t="str">
-        <v>Arturo Valdes</v>
+        <v>Patrick Carpenter</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="K15">
-        <v>197089</v>
+        <v>218181</v>
       </c>
       <c r="L15" t="str">
-        <v>haloart</v>
+        <v>pacific</v>
       </c>
       <c r="M15">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="N15">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>5</v>
+      </c>
+      <c r="Q15">
+        <v>2</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>2</v>
+      </c>
+      <c r="T15">
+        <v>2</v>
+      </c>
+      <c r="U15">
+        <v>2</v>
+      </c>
+      <c r="V15">
+        <v>2</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>3</v>
+      </c>
+      <c r="AC15">
+        <v>2</v>
+      </c>
+      <c r="AD15">
+        <v>2</v>
+      </c>
+      <c r="AE15">
+        <v>3</v>
+      </c>
+      <c r="AF15">
+        <v>3</v>
+      </c>
+      <c r="AG15">
+        <v>4</v>
+      </c>
+      <c r="AH15">
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
+      <c r="F16" t="str">
+        <v>8</v>
+      </c>
+      <c r="G16">
+        <v>8</v>
+      </c>
       <c r="H16" t="str">
-        <v>Javier castaneda</v>
+        <v>Rain Darden</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J16">
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="K16">
+        <v>211918</v>
       </c>
       <c r="L16" t="str">
-        <v>javier118</v>
+        <v>drainn</v>
       </c>
       <c r="M16">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="N16">
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+      <c r="T16">
+        <v>2</v>
+      </c>
+      <c r="U16">
+        <v>2</v>
+      </c>
+      <c r="V16">
+        <v>2</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>3</v>
+      </c>
+      <c r="AD16">
+        <v>4</v>
+      </c>
+      <c r="AE16">
+        <v>3</v>
+      </c>
+      <c r="AF16">
+        <v>3</v>
+      </c>
+      <c r="AG16">
+        <v>4</v>
+      </c>
+      <c r="AH16">
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
+      <c r="F17" t="str">
+        <v>12</v>
+      </c>
+      <c r="G17">
+        <v>12</v>
+      </c>
       <c r="H17" t="str">
-        <v>Rain Darden</v>
+        <v>Javier castaneda</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>211918</v>
+        <v>61</v>
       </c>
       <c r="L17" t="str">
-        <v>drainn</v>
+        <v>javier118</v>
       </c>
       <c r="M17">
         <v>0</v>
       </c>
       <c r="N17">
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>6</v>
+      </c>
+      <c r="Q17">
+        <v>2</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>2</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>3</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>2</v>
+      </c>
+      <c r="AB17">
+        <v>2</v>
+      </c>
+      <c r="AC17">
+        <v>3</v>
+      </c>
+      <c r="AD17">
+        <v>3</v>
+      </c>
+      <c r="AE17">
+        <v>3</v>
+      </c>
+      <c r="AF17">
+        <v>3</v>
+      </c>
+      <c r="AG17">
+        <v>3</v>
+      </c>
+      <c r="AH17">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>