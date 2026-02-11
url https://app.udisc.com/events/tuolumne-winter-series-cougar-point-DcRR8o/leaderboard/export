--- v0 (2026-01-22)
+++ v1 (2026-02-11)
@@ -1997,50 +1997,53 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>IntBeg</v>
       </c>
       <c r="B19" t="str">
         <v>5</v>
       </c>
       <c r="C19">
         <v>5</v>
       </c>
       <c r="D19" t="str">
         <v>Brian Horn</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>63</v>
       </c>
+      <c r="G19">
+        <v>321622</v>
+      </c>
       <c r="H19" t="str">
         <v>bryass</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>63</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">