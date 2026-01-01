--- v0 (2025-10-06)
+++ v1 (2026-01-01)
@@ -1930,51 +1930,51 @@
       <c r="D17">
         <v>3</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>T14</v>
       </c>
       <c r="G17">
         <v>14</v>
       </c>
       <c r="H17" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>50</v>
       </c>
       <c r="K17">
         <v>199025</v>
       </c>
       <c r="L17" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17">
         <v>50</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
         <v>2</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>