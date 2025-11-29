--- v0 (2025-10-06)
+++ v1 (2025-11-29)
@@ -2286,51 +2286,51 @@
       </c>
     </row>
     <row r="21">
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
         <v>T14</v>
       </c>
       <c r="G21">
         <v>14</v>
       </c>
       <c r="H21" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="I21">
         <v>-3</v>
       </c>
       <c r="J21">
         <v>46</v>
       </c>
       <c r="K21">
         <v>199025</v>
       </c>
       <c r="L21" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="M21">
         <v>-3</v>
       </c>
       <c r="N21">
         <v>46</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>2</v>
       </c>