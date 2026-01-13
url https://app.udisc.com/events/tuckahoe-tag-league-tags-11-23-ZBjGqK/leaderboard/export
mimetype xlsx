--- v0 (2025-11-30)
+++ v1 (2026-01-13)
@@ -3625,51 +3625,51 @@
       </c>
     </row>
     <row r="34">
       <c r="E34" t="str">
         <v>MA1</v>
       </c>
       <c r="F34" t="str">
         <v>T7</v>
       </c>
       <c r="G34">
         <v>7</v>
       </c>
       <c r="H34" t="str">
         <v>Timothy Eubanks</v>
       </c>
       <c r="I34">
         <v>-5</v>
       </c>
       <c r="J34">
         <v>51</v>
       </c>
       <c r="K34">
         <v>26222</v>
       </c>
       <c r="L34" t="str">
-        <v>timeubanks13</v>
+        <v>iceeub</v>
       </c>
       <c r="M34">
         <v>-5</v>
       </c>
       <c r="N34">
         <v>51</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>2</v>
       </c>
       <c r="Q34">
         <v>4</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
         <v>4</v>
       </c>
       <c r="T34">
         <v>2</v>
       </c>