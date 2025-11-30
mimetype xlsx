--- v0 (2025-10-22)
+++ v1 (2025-11-30)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB12"/>
+  <dimension ref="A1:AC12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="9.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Don Halley &amp; Cameron Bryan</v>
       </c>
       <c r="E2">
         <v>-11</v>
       </c>
       <c r="F2">
         <v>49</v>
       </c>
       <c r="H2" t="str">
         <v>poppop55,cb9866</v>
       </c>
       <c r="I2">
         <v>-11</v>
@@ -613,50 +616,53 @@
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>4</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
+      <c r="AC2" t="str">
+        <v>11</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Daniel Routh &amp; Mike Haralson</v>
       </c>
       <c r="E3">
         <v>-10</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="H3" t="str">
         <v>dansdiscdyes,thegrnmachine</v>
       </c>
       <c r="I3">
         <v>-10</v>
@@ -696,50 +702,53 @@
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>4</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
+      <c r="AC3" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Raleigh parkison  &amp; Cory Martin</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="H4" t="str">
         <v>raleigh56,kelekona</v>
       </c>
       <c r="I4">
         <v>-7</v>
@@ -779,50 +788,53 @@
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>5</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
+      <c r="AC4" t="str">
+        <v>9</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Chad English &amp; Trevor Williams</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
       <c r="H5" t="str">
         <v>chad13,auroraminer</v>
       </c>
       <c r="I5">
         <v>-6</v>
@@ -862,50 +874,53 @@
       </c>
       <c r="U5">
         <v>4</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
+      <c r="AC5" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Kodi Shockey  &amp; Ross Steketee</v>
       </c>
       <c r="E6">
         <v>-6</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
       <c r="H6" t="str">
         <v>kodishock24,rosssteketee</v>
       </c>
       <c r="I6">
         <v>-6</v>
@@ -945,50 +960,53 @@
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>5</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
+      <c r="AC6" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Montana Price  &amp; Chris Clay</v>
       </c>
       <c r="E7">
         <v>-6</v>
       </c>
       <c r="F7">
         <v>54</v>
       </c>
       <c r="H7" t="str">
         <v>montanap94,dreadhead420</v>
       </c>
       <c r="I7">
         <v>-6</v>
@@ -1028,50 +1046,53 @@
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
+      <c r="AC7" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
         <v>Patrick Price &amp; Mike Johnson</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="H8" t="str">
         <v>izzyman,graveytrain4eva</v>
       </c>
       <c r="I8">
         <v>-6</v>
@@ -1111,50 +1132,53 @@
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
+      <c r="AC8" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Seabzkt &amp; Mark Uptegrove </v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
       <c r="F9">
         <v>55</v>
       </c>
       <c r="H9" t="str">
         <v>seabzkt,markusarialious</v>
       </c>
       <c r="I9">
         <v>-5</v>
@@ -1194,50 +1218,53 @@
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
+      <c r="AC9" t="str">
+        <v>4</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Jeff harris &amp; Roy Crouch</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>58</v>
       </c>
       <c r="H10" t="str">
         <v>fishermanjeff,capnhook</v>
       </c>
       <c r="I10">
         <v>-2</v>
@@ -1277,50 +1304,53 @@
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
+      <c r="AC10" t="str">
+        <v>3</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Robert Covert &amp; Nick Hass</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>58</v>
       </c>
       <c r="H11" t="str">
         <v>septictankhank,badasshass</v>
       </c>
       <c r="I11">
         <v>-2</v>
@@ -1360,50 +1390,53 @@
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>5</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
+      <c r="AC11" t="str">
+        <v>3</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Mike Morelock &amp; Julie Crouch</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
       <c r="H12" t="str">
         <v>morelockm,jewelz</v>
       </c>
       <c r="I12">
         <v>-1</v>
@@ -1443,54 +1476,57 @@
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
+      <c r="AC12" t="str">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB12"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 