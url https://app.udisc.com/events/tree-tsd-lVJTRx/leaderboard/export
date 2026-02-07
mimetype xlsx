--- v0 (2025-11-19)
+++ v1 (2026-02-07)
@@ -949,50 +949,53 @@
         <v>4</v>
       </c>
       <c r="AF5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>4</v>
       </c>
       <c r="G6">
         <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Duncan Skiles</v>
       </c>
       <c r="I6">
         <v>22</v>
       </c>
       <c r="J6">
         <v>79</v>
       </c>
+      <c r="K6">
+        <v>316262</v>
+      </c>
       <c r="L6" t="str">
         <v>duncdunc04</v>
       </c>
       <c r="M6">
         <v>22</v>
       </c>
       <c r="N6">
         <v>79</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>6</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>6</v>
       </c>
       <c r="T6">