--- v0 (2025-12-13)
+++ v1 (2026-01-13)
@@ -931,51 +931,51 @@
       </c>
       <c r="AE5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Jonathan Taylor &amp; BJ Knight</v>
       </c>
       <c r="E6">
         <v>-8</v>
       </c>
       <c r="F6">
         <v>64</v>
       </c>
       <c r="H6" t="str">
-        <v>homerundad,cbknight</v>
+        <v>homerun86,cbknight</v>
       </c>
       <c r="I6">
         <v>-8</v>
       </c>
       <c r="J6">
         <v>64</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>