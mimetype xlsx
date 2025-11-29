--- v0 (2025-11-08)
+++ v1 (2025-11-29)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB28"/>
+  <dimension ref="A1:AB23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -794,1431 +794,1268 @@
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Matt Esteves</v>
+        <v>Nadia Gardner</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="G5">
-        <v>267827</v>
+        <v>105258</v>
       </c>
       <c r="H5" t="str">
-        <v>mattesteves</v>
+        <v>nadia33</v>
       </c>
       <c r="I5">
         <v>-6</v>
       </c>
       <c r="J5">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="T5">
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>4</v>
+      </c>
+      <c r="V5">
+        <v>3</v>
+      </c>
+      <c r="W5">
+        <v>2</v>
+      </c>
+      <c r="X5">
+        <v>4</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Vincent Sutlic</v>
+        <v>Michelle Gallagher</v>
       </c>
       <c r="E6">
         <v>-6</v>
       </c>
       <c r="F6">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G6">
-        <v>34863</v>
+        <v>145045</v>
       </c>
       <c r="H6" t="str">
-        <v>vince34863</v>
+        <v>michelleg4</v>
       </c>
       <c r="I6">
         <v>-6</v>
       </c>
       <c r="J6">
-        <v>46</v>
+        <v>56</v>
+      </c>
+      <c r="K6">
+        <v>2</v>
+      </c>
+      <c r="L6">
+        <v>2</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T4</v>
+        <v>6</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Eric Brigandi</v>
+        <v>Dany Odom</v>
       </c>
       <c r="E7">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F7">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="G7">
-        <v>231164</v>
+        <v>102211</v>
       </c>
       <c r="H7" t="str">
-        <v>ericbrigandi</v>
+        <v>dodom444</v>
       </c>
       <c r="I7">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="J7">
-        <v>47</v>
+        <v>60</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T4</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Nadia Gardner</v>
+        <v>Maddie Bird</v>
       </c>
       <c r="E8">
-        <v>-6</v>
+        <v>23</v>
       </c>
       <c r="F8">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="G8">
-        <v>105258</v>
+        <v>312113</v>
       </c>
       <c r="H8" t="str">
-        <v>nadia33</v>
+        <v>madbird101</v>
       </c>
       <c r="I8">
-        <v>-6</v>
+        <v>23</v>
       </c>
       <c r="J8">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Michelle Gallagher</v>
+        <v>Adam Harris</v>
       </c>
       <c r="E9">
-        <v>-6</v>
+        <v>-1</v>
       </c>
       <c r="F9">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="G9">
-        <v>145045</v>
+        <v>33021</v>
       </c>
       <c r="H9" t="str">
-        <v>michelleg4</v>
+        <v>harris33021</v>
       </c>
       <c r="I9">
-        <v>-6</v>
+        <v>-1</v>
       </c>
       <c r="J9">
-        <v>56</v>
-[...49 lines deleted...]
-      <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Christian Ertl</v>
+        <v>Brian Thompson</v>
       </c>
       <c r="E10">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="F10">
-        <v>49</v>
+        <v>2</v>
+      </c>
+      <c r="G10">
+        <v>253292</v>
       </c>
       <c r="H10" t="str">
-        <v>christianertl</v>
+        <v>flygoosefly</v>
       </c>
       <c r="I10">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="J10">
-        <v>49</v>
-[...40 lines deleted...]
-      <c r="Z10">
         <v>2</v>
       </c>
       <c r="AA10">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>Marc Kelly</v>
+        <v>Justin Case</v>
       </c>
       <c r="E11">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F11">
-        <v>49</v>
+        <v>5</v>
       </c>
       <c r="G11">
-        <v>72339</v>
+        <v>47669</v>
       </c>
       <c r="H11" t="str">
-        <v>coffeeandcubes</v>
+        <v>jcase09</v>
       </c>
       <c r="I11">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J11">
-        <v>49</v>
-[...25 lines deleted...]
-      <c r="U11">
         <v>5</v>
       </c>
-      <c r="V11">
-[...13 lines deleted...]
-      </c>
       <c r="AA11">
+        <v>2</v>
+      </c>
+      <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Rich Verticelli</v>
+        <v>Chris Magos</v>
       </c>
       <c r="E12">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="F12">
-        <v>50</v>
+        <v>44</v>
+      </c>
+      <c r="G12">
+        <v>188871</v>
       </c>
       <c r="H12" t="str">
-        <v>richvert7994</v>
+        <v>chrismagos</v>
       </c>
       <c r="I12">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="J12">
-        <v>50</v>
+        <v>44</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>2</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Zac Stager</v>
+        <v>Matt Esteves</v>
       </c>
       <c r="E13">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="F13">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G13">
-        <v>150395</v>
+        <v>267827</v>
       </c>
       <c r="H13" t="str">
-        <v>zacstag</v>
+        <v>mattesteves</v>
       </c>
       <c r="I13">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J13">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S13">
-        <v>3</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>2</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Justin Case</v>
+        <v>Vincent Sutlic</v>
       </c>
       <c r="E14">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="F14">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="G14">
-        <v>47669</v>
+        <v>34863</v>
       </c>
       <c r="H14" t="str">
-        <v>jcase09</v>
+        <v>vince34863</v>
       </c>
       <c r="I14">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="J14">
-        <v>5</v>
+        <v>46</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>2</v>
+      </c>
+      <c r="T14">
+        <v>4</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>2</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>Dany Odom</v>
+        <v>Marc Kelly</v>
       </c>
       <c r="E15">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F15">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="G15">
-        <v>102211</v>
+        <v>72339</v>
       </c>
       <c r="H15" t="str">
-        <v>dodom444</v>
+        <v>coffeeandcubes</v>
       </c>
       <c r="I15">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J15">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>4</v>
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
-        <v>Adam Harris</v>
+        <v>Ryan Donahue</v>
       </c>
       <c r="E16">
         <v>-1</v>
       </c>
       <c r="F16">
-        <v>3</v>
+        <v>51</v>
       </c>
       <c r="G16">
-        <v>33021</v>
+        <v>195249</v>
       </c>
       <c r="H16" t="str">
-        <v>harris33021</v>
+        <v>ryandonawho</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AB16">
+        <v>51</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>5</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>4</v>
+      </c>
+      <c r="R16">
+        <v>2</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>4</v>
+      </c>
+      <c r="U16">
+        <v>4</v>
+      </c>
+      <c r="V16">
+        <v>3</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>4</v>
+      </c>
+      <c r="Y16">
+        <v>4</v>
+      </c>
+      <c r="Z16">
+        <v>2</v>
+      </c>
+      <c r="AA16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v>Brian Thompson</v>
+        <v>Eric Brigandi</v>
       </c>
       <c r="E17">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="F17">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="G17">
-        <v>253292</v>
+        <v>231164</v>
       </c>
       <c r="H17" t="str">
-        <v>flygoosefly</v>
+        <v>ericbrigandi</v>
       </c>
       <c r="I17">
-        <v>-1</v>
+        <v>-6</v>
       </c>
       <c r="J17">
-        <v>2</v>
+        <v>47</v>
+      </c>
+      <c r="N17">
+        <v>4</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>4</v>
+      </c>
+      <c r="R17">
+        <v>2</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>2</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>4</v>
+      </c>
+      <c r="Y17">
+        <v>4</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
       </c>
       <c r="AA17">
         <v>2</v>
+      </c>
+      <c r="AB17">
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>Ryan Donahue</v>
+        <v>Brian Gentner</v>
       </c>
       <c r="E18">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G18">
-        <v>195249</v>
+        <v>235443</v>
       </c>
       <c r="H18" t="str">
-        <v>ryandonawho</v>
+        <v>briangentner</v>
       </c>
       <c r="I18">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J18">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>4</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Chris Magos</v>
+        <v>Rich Verticelli</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F19">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>188871</v>
+        <v>50</v>
       </c>
       <c r="H19" t="str">
-        <v>chrismagos</v>
+        <v>richvert7994</v>
       </c>
       <c r="I19">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J19">
-        <v>44</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="T19">
+        <v>4</v>
+      </c>
+      <c r="U19">
+        <v>4</v>
+      </c>
+      <c r="V19">
+        <v>3</v>
+      </c>
+      <c r="W19">
+        <v>3</v>
+      </c>
+      <c r="X19">
+        <v>4</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
-        <v>Brian Gentner</v>
+        <v>Zac Stager</v>
       </c>
       <c r="E20">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F20">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G20">
-        <v>235443</v>
+        <v>150395</v>
       </c>
       <c r="H20" t="str">
-        <v>briangentner</v>
+        <v>zacstag</v>
       </c>
       <c r="I20">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J20">
-        <v>52</v>
+        <v>51</v>
+      </c>
+      <c r="K20">
+        <v>3</v>
+      </c>
+      <c r="L20">
+        <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>4</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>4</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
+      </c>
+      <c r="AB20">
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Maddie Bird</v>
+        <v>Christian Ertl</v>
       </c>
       <c r="E21">
-        <v>23</v>
+        <v>-5</v>
       </c>
       <c r="F21">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>312113</v>
+        <v>49</v>
       </c>
       <c r="H21" t="str">
-        <v>madbird101</v>
+        <v>christianertl</v>
       </c>
       <c r="I21">
-        <v>23</v>
+        <v>-5</v>
       </c>
       <c r="J21">
-        <v>85</v>
+        <v>49</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="U21">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W21">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB21">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
+      <c r="B22" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D22" t="str">
         <v>Josh Hughes</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>35690</v>
       </c>
       <c r="H22" t="str">
         <v>jhughes35690</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
+      <c r="B23" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D23" t="str">
         <v>Zachary Rofrano</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="H23" t="str">
         <v>wanderdragoon</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
     </row>
-    <row r="24">
-[...128 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB28"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB23"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 