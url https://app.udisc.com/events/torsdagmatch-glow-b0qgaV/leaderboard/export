--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -1421,51 +1421,51 @@
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>T6</v>
       </c>
       <c r="G12">
         <v>6</v>
       </c>
       <c r="H12" t="str">
         <v>Lucas Wedel</v>
       </c>
       <c r="I12">
         <v>10</v>
       </c>
       <c r="J12">
         <v>58</v>
       </c>
       <c r="L12" t="str">
-        <v>nixue1337</v>
+        <v>lucaswedel</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="N12">
         <v>58</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>