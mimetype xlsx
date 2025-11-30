--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -825,51 +825,51 @@
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>-9</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>6</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5" t="str">
         <v>Lucas Wedel</v>
       </c>
       <c r="I5">
         <v>10</v>
       </c>
       <c r="J5">
         <v>58</v>
       </c>
       <c r="L5" t="str">
-        <v>nixue1337</v>
+        <v>lucaswedel</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="N5">
         <v>58</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>6</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>