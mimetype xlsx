--- v0 (2026-01-23)
+++ v1 (2026-02-13)
@@ -1236,51 +1236,51 @@
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Chris Koehn &amp; Bill Noseworthy</v>
       </c>
       <c r="E11">
         <v>3</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
       <c r="H11" t="str">
-        <v>chriskdisgolf,billnoseworthy</v>
+        <v>chriskdiscgolf,billnoseworthy</v>
       </c>
       <c r="I11">
         <v>3</v>
       </c>
       <c r="J11">
         <v>51</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>