--- v0 (2026-01-23)
+++ v1 (2026-02-13)
@@ -1005,51 +1005,51 @@
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>Mike Watson &amp; Chris Koehn</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
         <v>44</v>
       </c>
       <c r="H8" t="str">
-        <v>mwatson88,chriskdisgolf</v>
+        <v>mwatson88,chriskdiscgolf</v>
       </c>
       <c r="I8">
         <v>-4</v>
       </c>
       <c r="J8">
         <v>44</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>